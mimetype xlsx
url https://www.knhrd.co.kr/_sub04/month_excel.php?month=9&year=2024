--- v0 (2025-10-16)
+++ v1 (2026-03-13)
@@ -41,51 +41,51 @@
   <si>
     <t>상태</t>
   </si>
   <si>
     <t>분류</t>
   </si>
   <si>
     <t>교육명</t>
   </si>
   <si>
     <t>교육기간</t>
   </si>
   <si>
     <t>교육시간</t>
   </si>
   <si>
     <t>훈련일수</t>
   </si>
   <si>
     <t>훈련시간</t>
   </si>
   <si>
     <t>교육종료</t>
   </si>
   <si>
-    <t>Chat GPT</t>
+    <t>인공지능(AI) 및 데이터관리</t>
   </si>
   <si>
     <t>제조업 재직자를 위한 ChatGPT 활용 교육</t>
   </si>
   <si>
     <t>24-09-26 ~ 24-09-27</t>
   </si>
   <si>
     <t>09:00 ~ 09:00</t>
   </si>
   <si>
     <t>전기전자</t>
   </si>
   <si>
     <t>유해화학물질 측정 및 분석</t>
   </si>
   <si>
     <t>24-09-10 ~ 24-09-11</t>
   </si>
   <si>
     <t>09:00 ~ 17:00</t>
   </si>
   <si>
     <t>기계설계</t>
   </si>