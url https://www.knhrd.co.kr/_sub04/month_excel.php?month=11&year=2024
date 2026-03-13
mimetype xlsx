--- v0 (2025-10-16)
+++ v1 (2026-03-13)
@@ -62,51 +62,51 @@
   <si>
     <t>접수</t>
   </si>
   <si>
     <t>유급휴가훈련</t>
   </si>
   <si>
     <t>(장기유급) 전자제품생산 안전관리</t>
   </si>
   <si>
     <t>24-11-25 ~ 24-12-20</t>
   </si>
   <si>
     <t>08:00 ~ 15:00</t>
   </si>
   <si>
     <t>(장기유급) 사내표준화</t>
   </si>
   <si>
     <t>24-11-21 ~ 24-12-18</t>
   </si>
   <si>
     <t>교육종료</t>
   </si>
   <si>
-    <t>Chat GPT</t>
+    <t>인공지능(AI) 및 데이터관리</t>
   </si>
   <si>
     <t>ChatGPT(생성형 AI)를 활용한 데이터 자동화</t>
   </si>
   <si>
     <t>24-11-14 ~ 24-11-15</t>
   </si>
   <si>
     <t>09:00 ~ 17:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>