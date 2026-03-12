--- v0 (2025-12-12)
+++ v1 (2026-03-12)
@@ -12,151 +12,166 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>순번</t>
   </si>
   <si>
     <t>상태</t>
   </si>
   <si>
     <t>분류</t>
   </si>
   <si>
     <t>교육명</t>
   </si>
   <si>
     <t>교육기간</t>
   </si>
   <si>
     <t>교육시간</t>
   </si>
   <si>
     <t>훈련일수</t>
   </si>
   <si>
     <t>훈련시간</t>
   </si>
   <si>
     <t>접수</t>
   </si>
   <si>
-    <t>인공지능(AI)</t>
+    <t>인공지능(AI) 및 데이터관리</t>
   </si>
   <si>
     <t>인공지능(AI) 서비스 활용(ChatGPT 활용)</t>
   </si>
   <si>
     <t>26-09-10 ~ 26-09-11</t>
   </si>
   <si>
     <t>09:00 ~ 16:50</t>
   </si>
   <si>
     <t>26-07-16 ~ 26-07-17</t>
   </si>
   <si>
     <t>Excel Database 기반 현장 데이터 관리 및 분석</t>
   </si>
   <si>
     <t>26-07-09 ~ 26-07-10</t>
   </si>
   <si>
     <t>인공지능(AI) 활용한 워크플로 자동화</t>
   </si>
   <si>
     <t>26-07-02 ~ 26-07-03</t>
   </si>
   <si>
     <t>인공지능(AI) 서비스 활용(비즈니스 PPT)</t>
   </si>
   <si>
     <t>26-06-25 ~ 26-06-26</t>
   </si>
   <si>
     <t>기계설계</t>
   </si>
   <si>
     <t>Inventor를 활용한 3D 형상모델링 심화</t>
   </si>
   <si>
     <t>인공지능(AI) 활용 데이터 자동화(ChatGPT 활용)</t>
   </si>
   <si>
     <t>26-06-11 ~ 26-06-12</t>
   </si>
   <si>
     <t>Auto-CAD 2D 설계 &amp; Mechanical 설계</t>
   </si>
   <si>
+    <t>(추가개설) 인공지능(AI) 서비스 활용(ChatGPT 활용)</t>
+  </si>
+  <si>
+    <t>26-05-28 ~ 26-05-29</t>
+  </si>
+  <si>
+    <t>09:00 ~ 17:00</t>
+  </si>
+  <si>
     <t>Inventor를 활용한 3D 형상모델링 기본</t>
   </si>
   <si>
     <t>26-05-27 ~ 26-05-29</t>
   </si>
   <si>
     <t>26-05-21 ~ 26-05-22</t>
   </si>
   <si>
     <t>품질경영혁신</t>
   </si>
   <si>
     <t>ISO 14001:2015(환경경영시스템) 내부심사원 양성</t>
   </si>
   <si>
     <t>26-05-21 ~ 26-05-21</t>
   </si>
   <si>
+    <t>인공지능(AI) 서비스 활용(ChatGPT 활용) - 김해지역 특강</t>
+  </si>
+  <si>
     <t>26-05-14 ~ 26-05-15</t>
   </si>
   <si>
     <t>프로젝트 공정관리</t>
   </si>
   <si>
+    <t>성공적인 프로젝트 관리를 위한 Microsoft Project</t>
+  </si>
+  <si>
     <t>26-05-12 ~ 26-05-13</t>
   </si>
   <si>
     <t>전기전자</t>
   </si>
   <si>
     <t>전자제품 친환경 기술분석 전문가 과정</t>
   </si>
   <si>
     <t xml:space="preserve">항공기 전기전자 장비 협력사 품질관리 </t>
   </si>
   <si>
     <t>26-04-22 ~ 26-04-22</t>
   </si>
   <si>
     <t>09:00 ~ 14:50</t>
   </si>
   <si>
     <t>인공지능(AI)을 활용한 기계제조 데이터 처리</t>
   </si>
   <si>
     <t>26-04-16 ~ 26-04-17</t>
   </si>
   <si>
     <t>ESG 경영</t>
@@ -176,93 +191,204 @@
   <si>
     <t>09:00 ~ 09:00</t>
   </si>
   <si>
     <t>인공지능(AI) 마케팅 전략 실무</t>
   </si>
   <si>
     <t>26-04-10 ~ 26-04-10</t>
   </si>
   <si>
     <t>인공지능(AI) 제조기업 연구기획 실무</t>
   </si>
   <si>
     <t>26-04-09 ~ 26-04-09</t>
   </si>
   <si>
     <t>Auto-CAD 2D 설계 초급</t>
   </si>
   <si>
     <t>26-04-08 ~ 26-04-09</t>
   </si>
   <si>
     <t>26-04-02 ~ 26-04-03</t>
   </si>
   <si>
+    <t>교육중</t>
+  </si>
+  <si>
     <t>26-03-26 ~ 26-03-27</t>
   </si>
   <si>
     <t>26-03-25 ~ 26-03-27</t>
   </si>
   <si>
     <t>유해화학물질 측정 및 분석</t>
   </si>
   <si>
     <t>26-03-25 ~ 26-03-26</t>
   </si>
   <si>
     <t>ISO 9001:2015(품질경영시스템) 내부심사원 양성</t>
   </si>
   <si>
     <t>26-03-24 ~ 26-03-24</t>
   </si>
   <si>
+    <t>유급휴가훈련</t>
+  </si>
+  <si>
+    <t>(장기유급) 전자제품 생산계획</t>
+  </si>
+  <si>
+    <t>26-03-23 ~ 26-04-17</t>
+  </si>
+  <si>
+    <t>08:30 ~ 15:30</t>
+  </si>
+  <si>
     <t>Power BI 활용한 빅데이터 시각화</t>
   </si>
   <si>
     <t>26-03-19 ~ 26-03-20</t>
   </si>
   <si>
     <t>지속가능한 ESG 경영시스템 구축</t>
   </si>
   <si>
     <t>26-03-18 ~ 26-03-18</t>
   </si>
   <si>
     <t>26-03-12 ~ 26-03-13</t>
   </si>
   <si>
+    <t>교육종료</t>
+  </si>
+  <si>
+    <t>인공지능(AI) 서비스 데이터 분석</t>
+  </si>
+  <si>
+    <t>26-03-10 ~ 26-03-10</t>
+  </si>
+  <si>
+    <t>09:30 ~ 17:00</t>
+  </si>
+  <si>
+    <t>(유급)전자제품 품질관리</t>
+  </si>
+  <si>
+    <t>26-03-10 ~ 26-03-16</t>
+  </si>
+  <si>
+    <t>08:30 ~ 17:30</t>
+  </si>
+  <si>
+    <t>(장기유급) 전자 제품 제조</t>
+  </si>
+  <si>
+    <t>26-03-09 ~ 26-04-03</t>
+  </si>
+  <si>
+    <t>08:00 ~ 15:00</t>
+  </si>
+  <si>
     <t>26-03-05 ~ 26-03-06</t>
   </si>
   <si>
+    <t>(유급)작업생산성 관리 실무</t>
+  </si>
+  <si>
+    <t>26-03-03 ~ 26-03-09</t>
+  </si>
+  <si>
+    <t>08:30 ~ 08:30</t>
+  </si>
+  <si>
     <t>26-02-26 ~ 26-02-27</t>
   </si>
   <si>
     <t>26-02-24 ~ 26-02-25</t>
   </si>
   <si>
+    <t>인공지능(AI) 서비스 활용</t>
+  </si>
+  <si>
+    <t>(장기유급) 전자제품생산 안전관리</t>
+  </si>
+  <si>
+    <t>26-02-20 ~ 26-03-20</t>
+  </si>
+  <si>
+    <t>데이터 관리</t>
+  </si>
+  <si>
+    <t>Excel Datase 기반 현장 데이터 관리 및 분석</t>
+  </si>
+  <si>
+    <t>26-02-12 ~ 26-02-12</t>
+  </si>
+  <si>
+    <t>26-01-29 ~ 26-01-30</t>
+  </si>
+  <si>
     <t>26-01-28 ~ 26-01-29</t>
+  </si>
+  <si>
+    <t>(장기유급) 현장 품질 관리</t>
+  </si>
+  <si>
+    <t>26-01-19 ~ 26-02-13</t>
+  </si>
+  <si>
+    <t>(장기유급) 품질경영 혁신활동</t>
+  </si>
+  <si>
+    <t>(장기유급) 사내표준화</t>
+  </si>
+  <si>
+    <t>(장기유급) 전자제품 품질관리</t>
+  </si>
+  <si>
+    <t>(장기유급) 전자제품 생산기술</t>
+  </si>
+  <si>
+    <t>(유급)경쟁력확보를 위한 현장품질관리</t>
+  </si>
+  <si>
+    <t>26-01-12 ~ 26-01-16</t>
+  </si>
+  <si>
+    <t>08:30 ~ 17:20</t>
+  </si>
+  <si>
+    <t>(유급)제조 현장 품질 개선 실무</t>
+  </si>
+  <si>
+    <t>(유급)선박 의장 검사를 통한 품질관리</t>
+  </si>
+  <si>
+    <t>(유급)인공지능(AI) 활용 기계산업 품질개선활동</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -577,51 +703,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H36"/>
+  <dimension ref="A1:H57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
@@ -837,742 +963,1288 @@
       </c>
       <c r="D9" t="s">
         <v>24</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9">
         <v>2</v>
       </c>
       <c r="H9">
         <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
         <v>10</v>
       </c>
       <c r="B10" t="s">
         <v>8</v>
       </c>
       <c r="C10" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D10" t="s">
         <v>25</v>
       </c>
       <c r="E10" t="s">
         <v>26</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="G10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H10">
-        <v>21</v>
+        <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
         <v>11</v>
       </c>
       <c r="B11" t="s">
         <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H11">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
         <v>12</v>
       </c>
       <c r="B12" t="s">
         <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="E12" t="s">
         <v>30</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H12">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
         <v>13</v>
       </c>
       <c r="B13" t="s">
         <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H13">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
         <v>14</v>
       </c>
       <c r="B14" t="s">
         <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="D14" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14">
         <v>2</v>
       </c>
       <c r="H14">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15">
         <v>15</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15">
         <v>2</v>
       </c>
       <c r="H15">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16">
         <v>16</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F16" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G16">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H16">
-        <v>5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17">
         <v>17</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="F17" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="G17">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H17">
-        <v>14</v>
+        <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18">
         <v>18</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H18">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19">
         <v>19</v>
       </c>
       <c r="B19" t="s">
         <v>8</v>
       </c>
       <c r="C19" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="F19" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="G19">
         <v>1</v>
       </c>
       <c r="H19">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20">
         <v>20</v>
       </c>
       <c r="B20" t="s">
         <v>8</v>
       </c>
       <c r="C20" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="F20" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G20">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H20">
-        <v>14</v>
+        <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21">
         <v>21</v>
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F21" t="s">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="G21">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H21">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22">
         <v>22</v>
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>9</v>
       </c>
       <c r="D22" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="E22" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
       <c r="H22">
         <v>7</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23">
         <v>23</v>
       </c>
       <c r="B23" t="s">
         <v>8</v>
       </c>
       <c r="C23" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D23" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E23" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H23">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24">
         <v>24</v>
       </c>
       <c r="B24" t="s">
         <v>8</v>
       </c>
       <c r="C24" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D24" t="s">
-        <v>16</v>
+        <v>56</v>
       </c>
       <c r="E24" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24">
         <v>2</v>
       </c>
       <c r="H24">
         <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25">
         <v>25</v>
       </c>
       <c r="B25" t="s">
         <v>8</v>
       </c>
       <c r="C25" t="s">
         <v>9</v>
       </c>
       <c r="D25" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E25" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25">
         <v>2</v>
       </c>
       <c r="H25">
         <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26">
         <v>26</v>
       </c>
       <c r="B26" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C26" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D26" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E26" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H26">
-        <v>21</v>
+        <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27">
         <v>27</v>
       </c>
       <c r="B27" t="s">
         <v>8</v>
       </c>
       <c r="C27" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="D27" t="s">
-        <v>56</v>
+        <v>28</v>
       </c>
       <c r="E27" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H27">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28">
         <v>28</v>
       </c>
       <c r="B28" t="s">
         <v>8</v>
       </c>
       <c r="C28" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="D28" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="E28" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H28">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29">
         <v>29</v>
       </c>
       <c r="B29" t="s">
         <v>8</v>
       </c>
       <c r="C29" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="D29" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="E29" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H29">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30">
         <v>30</v>
       </c>
       <c r="B30" t="s">
         <v>8</v>
       </c>
       <c r="C30" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
       <c r="D30" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="E30" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F30" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="G30">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="H30">
-        <v>7</v>
+        <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31">
         <v>31</v>
       </c>
       <c r="B31" t="s">
         <v>8</v>
       </c>
       <c r="C31" t="s">
         <v>9</v>
       </c>
       <c r="D31" t="s">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="E31" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31">
         <v>2</v>
       </c>
       <c r="H31">
         <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32">
         <v>32</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="D32" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="E32" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H32">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33">
         <v>33</v>
       </c>
       <c r="B33" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="C33" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="D33" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="E33" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33">
         <v>2</v>
       </c>
       <c r="H33">
         <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34">
         <v>34</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="D34" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E34" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34">
         <v>2</v>
       </c>
       <c r="H34">
         <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35">
         <v>35</v>
       </c>
       <c r="B35" t="s">
-        <v>8</v>
+        <v>75</v>
       </c>
       <c r="C35" t="s">
         <v>9</v>
       </c>
       <c r="D35" t="s">
-        <v>14</v>
+        <v>76</v>
       </c>
       <c r="E35" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="F35" t="s">
-        <v>12</v>
+        <v>78</v>
       </c>
       <c r="G35">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H35">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36">
         <v>36</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
+        <v>66</v>
+      </c>
+      <c r="D36" t="s">
+        <v>79</v>
+      </c>
+      <c r="E36" t="s">
+        <v>80</v>
+      </c>
+      <c r="F36" t="s">
+        <v>81</v>
+      </c>
+      <c r="G36">
+        <v>5</v>
+      </c>
+      <c r="H36">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37">
+        <v>37</v>
+      </c>
+      <c r="B37" t="s">
+        <v>8</v>
+      </c>
+      <c r="C37" t="s">
+        <v>66</v>
+      </c>
+      <c r="D37" t="s">
+        <v>82</v>
+      </c>
+      <c r="E37" t="s">
+        <v>83</v>
+      </c>
+      <c r="F37" t="s">
+        <v>84</v>
+      </c>
+      <c r="G37">
+        <v>20</v>
+      </c>
+      <c r="H37">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38">
+        <v>38</v>
+      </c>
+      <c r="B38" t="s">
+        <v>8</v>
+      </c>
+      <c r="C38" t="s">
+        <v>39</v>
+      </c>
+      <c r="D38" t="s">
+        <v>40</v>
+      </c>
+      <c r="E38" t="s">
+        <v>85</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38">
+        <v>2</v>
+      </c>
+      <c r="H38">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39">
+        <v>39</v>
+      </c>
+      <c r="B39" t="s">
+        <v>8</v>
+      </c>
+      <c r="C39" t="s">
+        <v>66</v>
+      </c>
+      <c r="D39" t="s">
+        <v>86</v>
+      </c>
+      <c r="E39" t="s">
+        <v>87</v>
+      </c>
+      <c r="F39" t="s">
+        <v>88</v>
+      </c>
+      <c r="G39">
+        <v>5</v>
+      </c>
+      <c r="H39">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40">
+        <v>40</v>
+      </c>
+      <c r="B40" t="s">
+        <v>75</v>
+      </c>
+      <c r="C40" t="s">
         <v>9</v>
       </c>
-      <c r="D36" t="s">
+      <c r="D40" t="s">
+        <v>18</v>
+      </c>
+      <c r="E40" t="s">
+        <v>89</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40">
+        <v>2</v>
+      </c>
+      <c r="H40">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41">
+        <v>41</v>
+      </c>
+      <c r="B41" t="s">
+        <v>75</v>
+      </c>
+      <c r="C41" t="s">
+        <v>9</v>
+      </c>
+      <c r="D41" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" t="s">
+        <v>90</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41">
+        <v>2</v>
+      </c>
+      <c r="H41">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42">
+        <v>42</v>
+      </c>
+      <c r="B42" t="s">
+        <v>75</v>
+      </c>
+      <c r="C42" t="s">
+        <v>9</v>
+      </c>
+      <c r="D42" t="s">
+        <v>91</v>
+      </c>
+      <c r="E42" t="s">
+        <v>90</v>
+      </c>
+      <c r="F42" t="s">
+        <v>27</v>
+      </c>
+      <c r="G42">
+        <v>2</v>
+      </c>
+      <c r="H42">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43">
+        <v>43</v>
+      </c>
+      <c r="B43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C43" t="s">
+        <v>66</v>
+      </c>
+      <c r="D43" t="s">
+        <v>92</v>
+      </c>
+      <c r="E43" t="s">
+        <v>93</v>
+      </c>
+      <c r="F43" t="s">
+        <v>69</v>
+      </c>
+      <c r="G43">
+        <v>20</v>
+      </c>
+      <c r="H43">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44">
+        <v>44</v>
+      </c>
+      <c r="B44" t="s">
+        <v>75</v>
+      </c>
+      <c r="C44" t="s">
+        <v>94</v>
+      </c>
+      <c r="D44" t="s">
+        <v>95</v>
+      </c>
+      <c r="E44" t="s">
+        <v>96</v>
+      </c>
+      <c r="F44" t="s">
+        <v>27</v>
+      </c>
+      <c r="G44">
+        <v>2</v>
+      </c>
+      <c r="H44">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45">
+        <v>45</v>
+      </c>
+      <c r="B45" t="s">
+        <v>75</v>
+      </c>
+      <c r="C45" t="s">
+        <v>39</v>
+      </c>
+      <c r="D45" t="s">
+        <v>40</v>
+      </c>
+      <c r="E45" t="s">
+        <v>97</v>
+      </c>
+      <c r="F45" t="s">
+        <v>27</v>
+      </c>
+      <c r="G45">
+        <v>2</v>
+      </c>
+      <c r="H45">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46">
+        <v>46</v>
+      </c>
+      <c r="B46" t="s">
+        <v>75</v>
+      </c>
+      <c r="C46" t="s">
+        <v>9</v>
+      </c>
+      <c r="D46" t="s">
         <v>10</v>
       </c>
-      <c r="E36" t="s">
-[...9 lines deleted...]
-        <v>14</v>
+      <c r="E46" t="s">
+        <v>98</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46">
+        <v>2</v>
+      </c>
+      <c r="H46">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47">
+        <v>47</v>
+      </c>
+      <c r="B47" t="s">
+        <v>8</v>
+      </c>
+      <c r="C47" t="s">
+        <v>66</v>
+      </c>
+      <c r="D47" t="s">
+        <v>99</v>
+      </c>
+      <c r="E47" t="s">
+        <v>100</v>
+      </c>
+      <c r="F47" t="s">
+        <v>69</v>
+      </c>
+      <c r="G47">
+        <v>20</v>
+      </c>
+      <c r="H47">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48">
+        <v>48</v>
+      </c>
+      <c r="B48" t="s">
+        <v>8</v>
+      </c>
+      <c r="C48" t="s">
+        <v>66</v>
+      </c>
+      <c r="D48" t="s">
+        <v>101</v>
+      </c>
+      <c r="E48" t="s">
+        <v>100</v>
+      </c>
+      <c r="F48" t="s">
+        <v>69</v>
+      </c>
+      <c r="G48">
+        <v>20</v>
+      </c>
+      <c r="H48">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49">
+        <v>49</v>
+      </c>
+      <c r="B49" t="s">
+        <v>8</v>
+      </c>
+      <c r="C49" t="s">
+        <v>66</v>
+      </c>
+      <c r="D49" t="s">
+        <v>102</v>
+      </c>
+      <c r="E49" t="s">
+        <v>100</v>
+      </c>
+      <c r="F49" t="s">
+        <v>69</v>
+      </c>
+      <c r="G49">
+        <v>20</v>
+      </c>
+      <c r="H49">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50">
+        <v>50</v>
+      </c>
+      <c r="B50" t="s">
+        <v>8</v>
+      </c>
+      <c r="C50" t="s">
+        <v>66</v>
+      </c>
+      <c r="D50" t="s">
+        <v>103</v>
+      </c>
+      <c r="E50" t="s">
+        <v>100</v>
+      </c>
+      <c r="F50" t="s">
+        <v>69</v>
+      </c>
+      <c r="G50">
+        <v>20</v>
+      </c>
+      <c r="H50">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51">
+        <v>51</v>
+      </c>
+      <c r="B51" t="s">
+        <v>8</v>
+      </c>
+      <c r="C51" t="s">
+        <v>66</v>
+      </c>
+      <c r="D51" t="s">
+        <v>104</v>
+      </c>
+      <c r="E51" t="s">
+        <v>100</v>
+      </c>
+      <c r="F51" t="s">
+        <v>69</v>
+      </c>
+      <c r="G51">
+        <v>20</v>
+      </c>
+      <c r="H51">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52">
+        <v>52</v>
+      </c>
+      <c r="B52" t="s">
+        <v>8</v>
+      </c>
+      <c r="C52" t="s">
+        <v>66</v>
+      </c>
+      <c r="D52" t="s">
+        <v>105</v>
+      </c>
+      <c r="E52" t="s">
+        <v>106</v>
+      </c>
+      <c r="F52" t="s">
+        <v>107</v>
+      </c>
+      <c r="G52">
+        <v>5</v>
+      </c>
+      <c r="H52">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53">
+        <v>53</v>
+      </c>
+      <c r="B53" t="s">
+        <v>8</v>
+      </c>
+      <c r="C53" t="s">
+        <v>66</v>
+      </c>
+      <c r="D53" t="s">
+        <v>108</v>
+      </c>
+      <c r="E53" t="s">
+        <v>106</v>
+      </c>
+      <c r="F53" t="s">
+        <v>107</v>
+      </c>
+      <c r="G53">
+        <v>5</v>
+      </c>
+      <c r="H53">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54">
+        <v>54</v>
+      </c>
+      <c r="B54" t="s">
+        <v>8</v>
+      </c>
+      <c r="C54" t="s">
+        <v>66</v>
+      </c>
+      <c r="D54" t="s">
+        <v>86</v>
+      </c>
+      <c r="E54" t="s">
+        <v>106</v>
+      </c>
+      <c r="F54" t="s">
+        <v>107</v>
+      </c>
+      <c r="G54">
+        <v>5</v>
+      </c>
+      <c r="H54">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55">
+        <v>55</v>
+      </c>
+      <c r="B55" t="s">
+        <v>8</v>
+      </c>
+      <c r="C55" t="s">
+        <v>66</v>
+      </c>
+      <c r="D55" t="s">
+        <v>79</v>
+      </c>
+      <c r="E55" t="s">
+        <v>106</v>
+      </c>
+      <c r="F55" t="s">
+        <v>107</v>
+      </c>
+      <c r="G55">
+        <v>5</v>
+      </c>
+      <c r="H55">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56">
+        <v>56</v>
+      </c>
+      <c r="B56" t="s">
+        <v>8</v>
+      </c>
+      <c r="C56" t="s">
+        <v>66</v>
+      </c>
+      <c r="D56" t="s">
+        <v>109</v>
+      </c>
+      <c r="E56" t="s">
+        <v>106</v>
+      </c>
+      <c r="F56" t="s">
+        <v>107</v>
+      </c>
+      <c r="G56">
+        <v>5</v>
+      </c>
+      <c r="H56">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57">
+        <v>57</v>
+      </c>
+      <c r="B57" t="s">
+        <v>8</v>
+      </c>
+      <c r="C57" t="s">
+        <v>66</v>
+      </c>
+      <c r="D57" t="s">
+        <v>110</v>
+      </c>
+      <c r="E57" t="s">
+        <v>106</v>
+      </c>
+      <c r="F57" t="s">
+        <v>107</v>
+      </c>
+      <c r="G57">
+        <v>5</v>
+      </c>
+      <c r="H57">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">