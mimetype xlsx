--- v0 (2025-10-28)
+++ v1 (2025-12-21)
@@ -98,51 +98,51 @@
   <si>
     <t>09:00 ~ 17:00</t>
   </si>
   <si>
     <t>24-12-02 ~ 24-12-06</t>
   </si>
   <si>
     <t>(장기유급) 전자제품생산 안전관리</t>
   </si>
   <si>
     <t>24-11-25 ~ 24-12-20</t>
   </si>
   <si>
     <t>08:00 ~ 15:00</t>
   </si>
   <si>
     <t>(장기유급) 사내표준화</t>
   </si>
   <si>
     <t>24-11-21 ~ 24-12-18</t>
   </si>
   <si>
     <t>교육종료</t>
   </si>
   <si>
-    <t>Chat GPT</t>
+    <t>인공지능(AI)</t>
   </si>
   <si>
     <t>ChatGPT(생성형 AI)를 활용한 데이터 자동화</t>
   </si>
   <si>
     <t>24-11-14 ~ 24-11-15</t>
   </si>
   <si>
     <t>제조업 재직자를 위한 ChatGPT 활용 교육</t>
   </si>
   <si>
     <t>24-09-26 ~ 24-09-27</t>
   </si>
   <si>
     <t>09:00 ~ 09:00</t>
   </si>
   <si>
     <t>전기전자</t>
   </si>
   <si>
     <t>유해화학물질 측정 및 분석</t>
   </si>
   <si>
     <t>24-09-10 ~ 24-09-11</t>
   </si>