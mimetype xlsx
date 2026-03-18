--- v1 (2025-12-21)
+++ v2 (2026-03-18)
@@ -98,51 +98,51 @@
   <si>
     <t>09:00 ~ 17:00</t>
   </si>
   <si>
     <t>24-12-02 ~ 24-12-06</t>
   </si>
   <si>
     <t>(장기유급) 전자제품생산 안전관리</t>
   </si>
   <si>
     <t>24-11-25 ~ 24-12-20</t>
   </si>
   <si>
     <t>08:00 ~ 15:00</t>
   </si>
   <si>
     <t>(장기유급) 사내표준화</t>
   </si>
   <si>
     <t>24-11-21 ~ 24-12-18</t>
   </si>
   <si>
     <t>교육종료</t>
   </si>
   <si>
-    <t>인공지능(AI)</t>
+    <t>인공지능(AI) 및 데이터관리</t>
   </si>
   <si>
     <t>ChatGPT(생성형 AI)를 활용한 데이터 자동화</t>
   </si>
   <si>
     <t>24-11-14 ~ 24-11-15</t>
   </si>
   <si>
     <t>제조업 재직자를 위한 ChatGPT 활용 교육</t>
   </si>
   <si>
     <t>24-09-26 ~ 24-09-27</t>
   </si>
   <si>
     <t>09:00 ~ 09:00</t>
   </si>
   <si>
     <t>전기전자</t>
   </si>
   <si>
     <t>유해화학물질 측정 및 분석</t>
   </si>
   <si>
     <t>24-09-10 ~ 24-09-11</t>
   </si>