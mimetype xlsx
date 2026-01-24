--- v0 (2025-12-03)
+++ v1 (2026-01-24)
@@ -41,51 +41,51 @@
   <si>
     <t>상태</t>
   </si>
   <si>
     <t>분류</t>
   </si>
   <si>
     <t>교육명</t>
   </si>
   <si>
     <t>교육기간</t>
   </si>
   <si>
     <t>교육시간</t>
   </si>
   <si>
     <t>훈련일수</t>
   </si>
   <si>
     <t>훈련시간</t>
   </si>
   <si>
     <t>접수</t>
   </si>
   <si>
-    <t>인공지능(AI)</t>
+    <t>인공지능(AI) 및 데이터관리</t>
   </si>
   <si>
     <t>인공지능(AI) 서비스 활용(ChatGPT 활용)</t>
   </si>
   <si>
     <t>26-09-10 ~ 26-09-11</t>
   </si>
   <si>
     <t>09:00 ~ 16:50</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>