--- v0 (2025-12-03)
+++ v1 (2026-01-24)
@@ -41,51 +41,51 @@
   <si>
     <t>상태</t>
   </si>
   <si>
     <t>분류</t>
   </si>
   <si>
     <t>교육명</t>
   </si>
   <si>
     <t>교육기간</t>
   </si>
   <si>
     <t>교육시간</t>
   </si>
   <si>
     <t>훈련일수</t>
   </si>
   <si>
     <t>훈련시간</t>
   </si>
   <si>
     <t>교육종료</t>
   </si>
   <si>
-    <t>인공지능(AI)</t>
+    <t>인공지능(AI) 및 데이터관리</t>
   </si>
   <si>
     <t>인공지능 서비스 활용</t>
   </si>
   <si>
     <t>25-09-18 ~ 25-09-19</t>
   </si>
   <si>
     <t>09:00 ~ 17:00</t>
   </si>
   <si>
     <t>ESG 경영</t>
   </si>
   <si>
     <t>외부환경분석을 통한 지속가능한 환경경영 구축</t>
   </si>
   <si>
     <t>25-09-17 ~ 25-09-17</t>
   </si>
   <si>
     <t>25-09-11 ~ 25-09-12</t>
   </si>
   <si>
     <t>접수</t>
   </si>