--- v0 (2025-12-03)
+++ v1 (2026-01-24)
@@ -41,51 +41,51 @@
   <si>
     <t>상태</t>
   </si>
   <si>
     <t>분류</t>
   </si>
   <si>
     <t>교육명</t>
   </si>
   <si>
     <t>교육기간</t>
   </si>
   <si>
     <t>교육시간</t>
   </si>
   <si>
     <t>훈련일수</t>
   </si>
   <si>
     <t>훈련시간</t>
   </si>
   <si>
     <t>교육종료</t>
   </si>
   <si>
-    <t>인공지능(AI)</t>
+    <t>인공지능(AI) 및 데이터관리</t>
   </si>
   <si>
     <t>인공지능 서비스 활용</t>
   </si>
   <si>
     <t>25-08-28 ~ 25-08-29</t>
   </si>
   <si>
     <t>09:00 ~ 17:00</t>
   </si>
   <si>
     <t>인공지능 서비스 데이터 분석</t>
   </si>
   <si>
     <t>25-08-27 ~ 25-08-27</t>
   </si>
   <si>
     <t>25-08-26 ~ 25-08-26</t>
   </si>
   <si>
     <t>접수</t>
   </si>
   <si>
     <t>유급휴가훈련</t>
   </si>