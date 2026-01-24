--- v0 (2025-12-03)
+++ v1 (2026-01-24)
@@ -41,51 +41,51 @@
   <si>
     <t>상태</t>
   </si>
   <si>
     <t>분류</t>
   </si>
   <si>
     <t>교육명</t>
   </si>
   <si>
     <t>교육기간</t>
   </si>
   <si>
     <t>교육시간</t>
   </si>
   <si>
     <t>훈련일수</t>
   </si>
   <si>
     <t>훈련시간</t>
   </si>
   <si>
     <t>접수</t>
   </si>
   <si>
-    <t>인공지능(AI)</t>
+    <t>인공지능(AI) 및 데이터관리</t>
   </si>
   <si>
     <t>인공지능(AI) 서비스 활용(ChatGPT 활용)</t>
   </si>
   <si>
     <t>26-07-16 ~ 26-07-17</t>
   </si>
   <si>
     <t>09:00 ~ 16:50</t>
   </si>
   <si>
     <t>Excel Database 기반 현장 데이터 관리 및 분석</t>
   </si>
   <si>
     <t>26-07-09 ~ 26-07-10</t>
   </si>
   <si>
     <t>인공지능(AI) 활용한 워크플로 자동화</t>
   </si>
   <si>
     <t>26-07-02 ~ 26-07-03</t>
   </si>
 </sst>
 </file>
 