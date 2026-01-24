--- v0 (2025-12-03)
+++ v1 (2026-01-24)
@@ -41,51 +41,51 @@
   <si>
     <t>상태</t>
   </si>
   <si>
     <t>분류</t>
   </si>
   <si>
     <t>교육명</t>
   </si>
   <si>
     <t>교육기간</t>
   </si>
   <si>
     <t>교육시간</t>
   </si>
   <si>
     <t>훈련일수</t>
   </si>
   <si>
     <t>훈련시간</t>
   </si>
   <si>
     <t>접수</t>
   </si>
   <si>
-    <t>인공지능(AI)</t>
+    <t>인공지능(AI) 및 데이터관리</t>
   </si>
   <si>
     <t>인공지능(AI) 서비스 활용(비즈니스 PPT)</t>
   </si>
   <si>
     <t>26-06-25 ~ 26-06-26</t>
   </si>
   <si>
     <t>09:00 ~ 16:50</t>
   </si>
   <si>
     <t>기계설계</t>
   </si>
   <si>
     <t>Inventor를 활용한 3D 형상모델링 심화</t>
   </si>
   <si>
     <t>인공지능(AI) 활용 데이터 자동화(ChatGPT 활용)</t>
   </si>
   <si>
     <t>26-06-11 ~ 26-06-12</t>
   </si>
   <si>
     <t>Auto-CAD 2D 설계 &amp; Mechanical 설계</t>
   </si>