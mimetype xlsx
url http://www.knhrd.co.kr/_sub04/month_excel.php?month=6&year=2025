--- v0 (2025-12-03)
+++ v1 (2026-01-24)
@@ -56,51 +56,51 @@
   <si>
     <t>훈련일수</t>
   </si>
   <si>
     <t>훈련시간</t>
   </si>
   <si>
     <t>접수</t>
   </si>
   <si>
     <t>유급휴가훈련</t>
   </si>
   <si>
     <t>(유급)작업생산성 관리 실무</t>
   </si>
   <si>
     <t>25-06-30 ~ 25-07-04</t>
   </si>
   <si>
     <t>08:30 ~ 17:30</t>
   </si>
   <si>
     <t>교육종료</t>
   </si>
   <si>
-    <t>인공지능(AI)</t>
+    <t>인공지능(AI) 및 데이터관리</t>
   </si>
   <si>
     <t>Chat GPT를 활용한 비즈니스 파워포인트(PPT) 활용 실무</t>
   </si>
   <si>
     <t>25-06-26 ~ 25-06-27</t>
   </si>
   <si>
     <t>09:00 ~ 17:00</t>
   </si>
   <si>
     <t>기계설계</t>
   </si>
   <si>
     <t>Inventor를 활용한 3D 형상모델링 기본</t>
   </si>
   <si>
     <t>25-06-25 ~ 25-06-27</t>
   </si>
   <si>
     <t>09:00 ~ 18:00</t>
   </si>
   <si>
     <t>데이터 관리</t>
   </si>