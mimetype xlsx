--- v0 (2025-12-03)
+++ v1 (2026-01-24)
@@ -53,51 +53,51 @@
   <si>
     <t>교육시간</t>
   </si>
   <si>
     <t>훈련일수</t>
   </si>
   <si>
     <t>훈련시간</t>
   </si>
   <si>
     <t>접수</t>
   </si>
   <si>
     <t>품질경영혁신</t>
   </si>
   <si>
     <t xml:space="preserve">항공기 전기전자 장비 협력사 품질관리 </t>
   </si>
   <si>
     <t>26-04-22 ~ 26-04-22</t>
   </si>
   <si>
     <t>09:00 ~ 14:50</t>
   </si>
   <si>
-    <t>인공지능(AI)</t>
+    <t>인공지능(AI) 및 데이터관리</t>
   </si>
   <si>
     <t>인공지능(AI)을 활용한 기계제조 데이터 처리</t>
   </si>
   <si>
     <t>26-04-16 ~ 26-04-17</t>
   </si>
   <si>
     <t>09:00 ~ 16:50</t>
   </si>
   <si>
     <t>ESG 경영</t>
   </si>
   <si>
     <t>산업재해 예방 안전관리와 중대재해 처벌법의 이해</t>
   </si>
   <si>
     <t>26-04-15 ~ 26-04-15</t>
   </si>
   <si>
     <t>전기전자</t>
   </si>
   <si>
     <t>전자제품 품질 관리 실무(품질검사원 검사 역량 개발)</t>
   </si>