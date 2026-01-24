--- v0 (2025-12-03)
+++ v1 (2026-01-24)
@@ -41,51 +41,51 @@
   <si>
     <t>상태</t>
   </si>
   <si>
     <t>분류</t>
   </si>
   <si>
     <t>교육명</t>
   </si>
   <si>
     <t>교육기간</t>
   </si>
   <si>
     <t>교육시간</t>
   </si>
   <si>
     <t>훈련일수</t>
   </si>
   <si>
     <t>훈련시간</t>
   </si>
   <si>
     <t>접수</t>
   </si>
   <si>
-    <t>인공지능(AI)</t>
+    <t>인공지능(AI) 및 데이터관리</t>
   </si>
   <si>
     <t>인공지능(AI) 활용 데이터 자동화(ChatGPT 활용)</t>
   </si>
   <si>
     <t>26-03-26 ~ 26-03-27</t>
   </si>
   <si>
     <t>09:00 ~ 16:50</t>
   </si>
   <si>
     <t>기계설계</t>
   </si>
   <si>
     <t>Inventor를 활용한 3D 형상모델링 기본</t>
   </si>
   <si>
     <t>26-03-25 ~ 26-03-27</t>
   </si>
   <si>
     <t>전기전자</t>
   </si>
   <si>
     <t>유해화학물질 측정 및 분석</t>
   </si>