--- v0 (2025-12-03)
+++ v1 (2026-01-24)
@@ -41,51 +41,51 @@
   <si>
     <t>상태</t>
   </si>
   <si>
     <t>분류</t>
   </si>
   <si>
     <t>교육명</t>
   </si>
   <si>
     <t>교육기간</t>
   </si>
   <si>
     <t>교육시간</t>
   </si>
   <si>
     <t>훈련일수</t>
   </si>
   <si>
     <t>훈련시간</t>
   </si>
   <si>
     <t>접수</t>
   </si>
   <si>
-    <t>인공지능(AI)</t>
+    <t>인공지능(AI) 및 데이터관리</t>
   </si>
   <si>
     <t>인공지능(AI) 서비스 활용(비즈니스 PPT)</t>
   </si>
   <si>
     <t>26-02-26 ~ 26-02-27</t>
   </si>
   <si>
     <t>09:00 ~ 16:50</t>
   </si>
   <si>
     <t>Excel Database 기반 현장 데이터 관리 및 분석</t>
   </si>
   <si>
     <t>26-02-24 ~ 26-02-25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>