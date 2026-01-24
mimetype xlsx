--- v0 (2025-12-03)
+++ v1 (2026-01-24)
@@ -41,51 +41,51 @@
   <si>
     <t>상태</t>
   </si>
   <si>
     <t>분류</t>
   </si>
   <si>
     <t>교육명</t>
   </si>
   <si>
     <t>교육기간</t>
   </si>
   <si>
     <t>교육시간</t>
   </si>
   <si>
     <t>훈련일수</t>
   </si>
   <si>
     <t>훈련시간</t>
   </si>
   <si>
     <t>교육종료</t>
   </si>
   <si>
-    <t>인공지능(AI)</t>
+    <t>인공지능(AI) 및 데이터관리</t>
   </si>
   <si>
     <t>인공지능 서비스 활용</t>
   </si>
   <si>
     <t>25-11-19 ~ 25-11-20</t>
   </si>
   <si>
     <t>09:00 ~ 17:00</t>
   </si>
   <si>
     <t>품질경영혁신</t>
   </si>
   <si>
     <t>(장기유급) 전자제품생산 공정관리</t>
   </si>
   <si>
     <t>25-11-03 ~ 25-12-23</t>
   </si>
   <si>
     <t>09:00 ~ 09:00</t>
   </si>
 </sst>
 </file>
 